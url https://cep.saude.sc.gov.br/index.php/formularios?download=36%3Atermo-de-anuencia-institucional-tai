--- v0 (2025-11-02)
+++ v1 (2026-02-14)
@@ -1,6022 +1,6200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...18 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-          <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+          <w:tab w:val="center" w:pos="4252"/>
+          <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
-        <w:spacing w:after="240" w:before="240" w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-          <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+          <w:tab w:val="center" w:pos="4252"/>
+          <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
-        <w:spacing w:after="240" w:before="240" w:line="276" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>TERMO DE ANUÊNCIA INSTITUCIONAL PARA DESENVOLVIMENTO DE PESQUISAS EM UNIDADES DA SECRETARIA DE ESTADO DA SAÚDE DE SANTA CATARINA (SES/SC)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-          <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+          <w:tab w:val="center" w:pos="4252"/>
+          <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-          <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+          <w:tab w:val="center" w:pos="4252"/>
+          <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Este documento deve ser editado conforme os parâmetros da pesquisa proposta. Os campos destacados em amarelo são para orientação de preenchimento, e não devem ser mantidos, inclusive este.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-          <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+          <w:tab w:val="center" w:pos="4252"/>
+          <w:tab w:val="right" w:pos="8504"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...16 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gjdgxs" w:id="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...32 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Em atendimento à Portaria nº 32/2025/SES/SC e seus deveres inerent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es à função pública, o(s) representante(s) legal(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) da(s) instituição(es) envolvida(s) no projeto de pesquisa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>intitulado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> "</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...15 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Título da pesquisa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">", com o </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">objetivo </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...66 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>apresentar o objetivo geral da pesquisa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, DECLARA(M) terem lido o presente projeto, bem como </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>avaliado e concordado com o seu desenvolvimento nos termos propostos, desde que a pesquisa possua o parecer favorável do sistema CEP/CONEP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.as3zk4way01h" w:id="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.as3zk4way01h" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        <w:widowControl w:val="1"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.mbd003hspwpy" w:id="2"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.mbd003hspwpy" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...14 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A concordância e autorização para a realização do projeto de pesquisa pode ser revogada em caso de óbice ético em q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ualquer fase da pesquisa nas dependências das unidades da SES/SC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.qje3n57oqms" w:id="3"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.qje3n57oqms" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        <w:widowControl w:val="1"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...39 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ainda, o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(s) representante(s) legal(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) da(s) instituição(es) em que a pesquisa será desenvolvida DECLARA(M) que a mesma possui infraestrutura necessária para sua realização.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.svb00aon3p2z" w:id="4"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.svb00aon3p2z" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.htr7j623l4pb" w:id="5"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os pesquisadores declaram que: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_heading=h.vak6p9wwbw1y" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendem coletar os seguintes dados: (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>deve ser indicado exatamente (i) quais dados/variáveis serão coletados e indicar se são dados primários e/ou secundários; por exemplo, serão utilizados dados registrados em prontuár</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ios de pacientes? Serão utilizados dados que estão em bases de dados de acesso restrito? (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>) Citar quais bases de dados pretende pesquisar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Caso não coletem dados esse item não será assinalado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.vak6p9wwbw1y" w:id="6"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_heading=h.gltgzxplxrs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...72 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pretendem recrutar participantes de pesquisa para coleta </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>de dados por meio de instrumentos de pesquisa (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>tais como, questionário, roteiro de entrevista, formulário on-line)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(especificar o setor/unidade hospitalar). Caso não recrutem participantes de pesquisa esse item não será assinalado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.gltgzxplxrs" w:id="7"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_heading=h.dr1cmlxkb8lg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...53 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.dr1cmlxkb8lg" w:id="8"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_heading=h.htr7j623l4pb" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...10 lines deleted...]
-        <w:widowControl w:val="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Os pesquisadores com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prometem-se a executar o referido projeto de pesquisa de acordo com a Portaria nº 32/2025/SES/SC, a Resolução nº 466/2012/CNS, a Resolução nº 510/2016/CNS, a Resolução nº 580/2018/CNS, a Lei 14.874/2024 e a Lei 13.709/2018 (LGPD) para o tratamento de dados</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pessoais e dados sensíveis, e demais normas que regulamentam a pesquisa envolvendo seres humanos e a proteção aos participantes de pesquisa. Destaca-se, em especial, a observância do dever de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>anonimizar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> os dados dos participantes sempre que possível, isto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> é, sem a possibilidade de identificação pessoal, de acordo com os artigos 5º, inciso XI, 12 e 13, todos da LGPD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...53 lines deleted...]
-        <w:widowControl w:val="1"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_heading=h.kzv2n7qfi4yn" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_heading=h.dujjj38pf5gb" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_heading=h.tvjoqwpzumkh" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_heading=h.dbegf4otmsvr" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.smebn59yn5bw" w:id="13"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_heading=h.smebn59yn5bw" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...3 lines deleted...]
-        <w:tblInd w:w="100.0" w:type="dxa"/>
+        <w:tblStyle w:val="a"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:topFromText="180" w:bottomFromText="180" w:vertAnchor="text" w:tblpX="-9"/>
+        <w:tblW w:w="9105" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:color="000000" w:space="0" w:sz="12" w:val="single"/>
-[...4 lines deleted...]
-          <w:insideV w:color="000000" w:space="0" w:sz="12" w:val="single"/>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="12" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2880"/>
-        <w:gridCol w:w="1455"/>
+        <w:gridCol w:w="4335"/>
         <w:gridCol w:w="4770"/>
-        <w:tblGridChange w:id="0">
-[...5 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Nome do pesquisador responsável:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Nome do pesquisador responsável:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CPF:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="4770" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Matrícula (se houver):</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matrícula (se houver):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...7 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Link do Currículo Lattes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">O Pesquisador responsável é vinculado à:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O Pesquisador responsável é vinculado </w:t>
+            </w:r>
+            <w:r w:rsidR="00F97D99">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Iniciação científica</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Iniciação científica</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Curso de graduação</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Curso de graduação</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Especialização</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Especialização</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Mestrado</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Mestrado</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Doutorado</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Doutorado</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Fomento em pesquisa</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Fomento em pesquisa</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Outros (especificar) </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">______________________________________________</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Outros (especificar) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">O Projeto de Pesquisa é vinculado à:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O Projeto de Pesquisa é vinculado </w:t>
             </w:r>
+            <w:r w:rsidR="00F97D99">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Iniciação científica</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Iniciação científica</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) TCC de graduação</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) TCC de graduação</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Unidades de aprendizagem</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Unidades de aprendizagem</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Especialização</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Especialização</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Mestrado</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Mestrado</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Doutorado</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Doutorado</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     (   ) Outro (especificar)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ________________________________________________</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ) Outro (especificar)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
+              <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome do pesquisador participante/assistente: </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">(Inserir tantos campos forem necessários, de forma a incluir todos os pesquisadores participantes que compõem a equipe de pesquisa do referido projeto)</w:t>
+              </w:rPr>
+              <w:t>(Inserir tantos campos forem necessários, de forma a incluir todos os pesquisadores participantes que compõem a equipe de pesquisa do referido projeto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...7 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Assinatura digital:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="4335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">CPF:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CPF:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="4770" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Matrícula (se houver):</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matrícula (se houver):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
-            <w:shd w:fill="f3f3f3" w:val="clear"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F3F3F3"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
-              <w:keepLines w:val="1"/>
+              <w:keepLines/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:firstLine="0"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:ind w:left="0" w:hanging="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.y7oqnrl0c5d0" w:id="14"/>
-[...7 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:bookmarkStart w:id="15" w:name="_heading=h.y7oqnrl0c5d0" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Link do Currículo Lattes: </w:t>
-            </w:r>
-[...3 lines deleted...]
-              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00D63BB7">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="400"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9105" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+          <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-                <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
-              <w:ind w:hanging="2"/>
+              <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Observação:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Observação:</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Apresentar documento de identidade oficial com foto por ocasião do comparecimento à unidade para a realização da pesquisa, sendo válido os seguintes documentos: Carteira de Identidade Profissional fornecida por Órgãos Competentes; Passaporte brasileiro; Carteira de Trabalho e Previdência Social; e Carteira Nacional de Habilitação (CNH).</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Apresentar documento de identidade oficial com foto por ocasião do comparecimento à unidade para a realização da pesquisa, sendo válido os seguintes documentos: Carteira de Identidade Profissional fornecida por Órgãos Competentes; Passaporte brasileiro; C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>arteira de Trabalho e Previdência Social; e Carteira Nacional de Habilitação (CNH).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A presente anuência é concedida somente aos pesquisadores citados acima, mediante os compromissos de:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1) Informar o nome de todos os pesquisadores que vierem a participar do estudo, cientes de que será vedado o acesso aos dados e participantes da pesquisa por pessoas cujo nome não conste neste documento;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2) Respeitar a autonomia da(s) unidade(s) envolvida(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s) na realização dessa pesquisa, especialmente no que se refere aos horários e locais acordados para sua realização;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Utilizar os dados coletados, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exclusivamente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, para embasamento da pesquisa nos termos informados no presente termo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) Obedecer às dispos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ições éticas de manter a confidencialidade sobre os dados coletados, bem como de manter a privacidade de seus conteúdos, cientes de que poderão responder civil e criminalmente em caso de violação dos mesmos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) Realizar a pesquisa documental (quando for o </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>caso) mediante coleta de dados do documento original ciente da impossibilidade de reprodução do prontuário, no todo ou em parte, por qualquer meio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6) Manter a guarda das informações coletadas por um prazo mínimo de cinco anos e, após esse prazo decorrido,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destruir as informações coletadas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Sobre as assinaturas abaixo, seguem as seguintes observações:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Observação 1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se houver mais de um local envolvido na pesquisa sob a responsabilidade da mesma instituição, por exemplo, diferentes unidades hospitalares su</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bordinadas à mesma superintendência hospitalar, no “Campo 3.c”, deverá constar assinatura dos diretores de cada uma das unidades. Da mesma forma, no “Campo 3.a” </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>e  “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.b”, se houver mais de um setor envolvido, deverá constar assinatura dos responsávei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s por cada um dos setores.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação 2: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A assinatura deve ser com certificação digital e pode ser realizada via </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>SGPe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, Gov.Br ou por meio de entidades laborais, como OAB, CRM, dentre outras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_heading=h.u8ipgssv2ona" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_heading=h.u90n08mfk6eq" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_heading=h.dww2ypai426k" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_heading=h.dyptc4u6mkhz" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_heading=h.dj8xszb78y75" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_heading=h.l312sces93g5" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
-[...533 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-          <w:b w:val="1"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>Campo 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Nome completo do pesquisador responsável</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
-[...12 lines deleted...]
-        <w:widowControl w:val="1"/>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...1 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-          <w:strike w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...9 lines deleted...]
-          <w:strike w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="none"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+        </w:rPr>
+        <w:t>*assinatura digital do responsável legal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Nome completo e cargo do responsável pela Instituição proponente/Centro coordenador</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="1"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Nome da Proponente/Unidade/Órgão</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*assinatura digital do responsável legal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Nome completo e cargo do responsável pelo local/setor da SES/SC ou outra instituição (por exemplo, prefeitura)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="2"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*assinatura digital do responsável legal e matrícula caso seja servidor(a) público(a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Nome completo e cargo do responsável da SES/SC ou outra instituição (por exemplo, prefeitura)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="3"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*assinatura digi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tal do responsável legal e matrícula caso seja servidor(a) público(a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:hanging="2"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Nome completo e cargo do responsável pelo local da SES/SC ou outra instituição (por exemplo, prefeitura)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*assinatura digital do responsável legal e matrícula caso seja servidor(a) público(a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="auto" w:space="0" w:sz="0" w:val="none"/>
-[...145 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Nome completo e cargo do responsável</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:customMarkFollows="0" w:id="5"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Nome da instituição participante ou coparticipante (da SES/SC ou outra instituição, por exemplo prefeitura)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
       <w:pPr>
         <w:pBdr>
-          <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-          <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:rtl w:val="0"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>assinatura digital do responsável legal e matrícula caso seja servidor(a) público(a)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...19 lines deleted...]
-      <w:pgMar w:bottom="993" w:top="764" w:left="1134" w:right="1701" w:header="566" w:footer="0"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D63BB7">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="764" w:right="1701" w:bottom="993" w:left="1134" w:header="566" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="000705B8" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="000705B8" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...3 lines deleted...]
-  <w:font w:name="Liberation Sans"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Console">
+    <w:panose1 w:val="020B0609040504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="8000028F" w:usb1="00001800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="StarSymbol">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
-      <w:rPr/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-        <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">PAGE</w:instrText>
-[...1 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r w:rsidR="00F97D99">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00F97D99">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
-      <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r w:rsidR="00F97D99">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00F97D99">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-        <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Este documento deve ser digitalizado de forma que todas as páginas fiquem no mesmo arquivo.</w:t>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:t>Este documento deve ser digitalizado de forma que todas as páginas fiquem no mesmo arquivo.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...3 lines deleted...]
-        <w:between w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...30 lines deleted...]
-      </w:rPr>
+      <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...69 lines deleted...]
-        </w:rPr>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="000705B8" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="000705B8" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="2"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
-[...11 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...19 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: Pessoa responsável pela proposição e execução da pesquisa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
-      <w:pPr>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...64 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Pessoa (responsável legal) que responde pelo setor ao qual o pesquisador responsável está vinculado, pode ser a SES/SC ou outra instituição. No caso </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instituição proponente ser a SES/SC, o responsável legal será o gestor do setor em que se encontra o p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>roponente da pesquisa, por exemplo, diretor ou gerente ao qual o pesquisador está subordinado. No caso de outras instituições, por exemplo, em uma universidade, deve ser o chefe do departamento, coordenador do curso/programa de pós-graduação ou curso de gr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>aduação ou pessoa por ele delegada.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
-      <w:pPr>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...22 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (quando for o caso): Pessoa responsável pelo local onde os possíveis participantes de pesquisa serão recrutados, sejam eles usuários ou trabalhadores da saúde (por exemplo: chefe de setor, gerente de área esp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ecífica, coordenador de área específica, tais como, UTI, enfermaria).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
-      <w:pPr>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...48 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 3.b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (quando for o caso): Pessoa responsável (denominado guardião legal) por onde será realizada a coleta de dados secundários (armazenados em prontuários, arquivos, plataformas,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registros/similares).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
-      <w:pPr>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-[...7 lines deleted...]
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...4 lines deleted...]
-          <w:rtl w:val="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...42 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Campo 3.c </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(quando for o caso): </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Pessoa responsável pela unidade em que a pesquisa será realizada. Aquele que responde pela unidade (na SES ou em outra instituição) onde os dados serão coletados (campo de pesquisa), por exemplo, dir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>etor do hospital, diretor da divisão no nível central.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Campo 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Pessoa responsável pela instituição participante ou coparticipante. No caso </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instituição participante ou coparticipante ser a SES/SC, o responsável legal deve ser Secretário(a) de Estado </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>de Saúde, ou pessoa por ele delegado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="2"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
-      <w:rPr/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="1695"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="1695"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">ESTADO DE SANTA CATARINA</w:t>
+      <w:t>ESTADO DE SANTA CATARINA</w:t>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
-        <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3176</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-41909</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="869315" cy="881380"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="114300" distR="114300"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
           <wp:docPr id="1037" name="image1.png"/>
-          <a:graphic>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="869315" cy="881380"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="1695"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="1695"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">SECRETARIA DE ESTADO DA SAÚDE DE SANTA CATARINA</w:t>
+      <w:t>SECRETARIA DE ESTADO DA SAÚDE DE SANTA CATARINA</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="1695"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="1695"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">SUPERINTENDÊNCIA DE ATENÇÃO À SAÚDE </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="1695"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="1695"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">ESCOLA DE SAÚDE PÚBLICA DE SANTA CATARINA</w:t>
+      <w:t>ESCOLA DE SAÚDE PÚBLICA DE SANTA CATARINA</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:leader="none" w:pos="1695"/>
-        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
+        <w:tab w:val="center" w:pos="1695"/>
+        <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="both"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">REDE DE AVALIAÇÃO DE PESQUISAS DA SES/SC (Rede APSES/SC)</w:t>
+      <w:t>REDE DE AVALIAÇÃO DE PESQUISAS DA SES/SC (Rede APSES/SC)</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="000705B8">
     <w:pPr>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">COMITÊ DE ÉTICA EM PESQUISA COM SERES HUMANOS</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">COMITÊ DE ÉTICA EM PESQUISA COM SERES HUMANOS </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
-      <w:ind w:left="720" w:firstLine="720"/>
+      <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
-        <w:color w:val="ff0000"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="FF0000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D63BB7" w:rsidRDefault="00D63BB7">
     <w:pPr>
-      <w:keepNext w:val="0"/>
-[...30 lines deleted...]
-      </w:rPr>
+      <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00D63BB7"/>
+    <w:rsid w:val="000705B8"/>
+    <w:rsid w:val="00D63BB7"/>
+    <w:rsid w:val="00F97D99"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="301BF80B"/>
+  <w15:docId w15:val="{771728B7-C2CC-4CB6-ACD6-6A4047845D24}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="pt-BR"/>
+        <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:hanging="1"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="atLeast"/>
+      <w:ind w:leftChars="-1" w:left="-1" w:hangingChars="1"/>
+      <w:textAlignment w:val="top"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:position w:val="-1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading5">
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
+      <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="Corpodotexto"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:spacing w:after="120" w:before="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans" w:eastAsia="Liberation Sans" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1" w:default="1">
-[...155 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
-    <w:basedOn w:val="11"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodotexto">
     <w:name w:val="Corpo do texto"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Lucida Console" w:cs="Lucida Console" w:hAnsi="Lucida Console"/>
+      <w:rFonts w:ascii="Lucida Console" w:hAnsi="Lucida Console" w:cs="Lucida Console"/>
       <w:spacing w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="12">
-[...4 lines deleted...]
-    <w:qFormat w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:spacing w:after="120" w:before="240"/>
+      <w:spacing w:before="280" w:after="280"/>
     </w:pPr>
-    <w:rPr>
-[...14 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="14">
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="15">
+  <w:style w:type="paragraph" w:styleId="Assuntodocomentrio">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="16"/>
-[...8 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="16" w:customStyle="1">
+    <w:basedOn w:val="Textodecomentrio1"/>
+    <w:next w:val="Textodecomentrio1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textodecomentrio1">
     <w:name w:val="Texto de comentário1"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="17">
+  <w:style w:type="paragraph" w:styleId="Rodap">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="18">
+  <w:style w:type="paragraph" w:styleId="Legenda">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
-      <w:spacing w:after="120" w:before="120"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
-      <w:i w:val="1"/>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="19">
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1"/>
-[...3 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:hAnsi="Tahoma"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="20">
+  <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="11"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
-      <w:i w:val="1"/>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="21" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
     <w:name w:val="Table Normal"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="0.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="22" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Fontepargpadro2">
     <w:name w:val="Fonte parág. padrão2"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="23" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="24" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="25" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="26" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
     <w:name w:val="WW8Num1z3"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="27" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
     <w:name w:val="WW8Num1z4"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="28" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
     <w:name w:val="WW8Num1z5"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="29" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
     <w:name w:val="WW8Num1z6"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="30" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
     <w:name w:val="WW8Num1z7"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="31" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
     <w:name w:val="WW8Num1z8"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="32" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="33" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
     <w:name w:val="WW8Num2z1"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="34" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
     <w:name w:val="WW8Num2z2"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="35" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
     <w:name w:val="WW8Num2z3"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="36" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
     <w:name w:val="WW8Num2z4"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="37" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
     <w:name w:val="WW8Num2z5"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="38" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
     <w:name w:val="WW8Num2z6"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="39" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
     <w:name w:val="WW8Num2z7"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="40" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
     <w:name w:val="WW8Num2z8"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="41" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
     <w:name w:val="WW8Num3z0"/>
-    <w:uiPriority w:val="0"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Wingdings" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="42" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z1">
     <w:name w:val="WW8Num3z1"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="43" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z2">
     <w:name w:val="WW8Num3z2"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Wingdings" w:cs="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="44" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z3">
     <w:name w:val="WW8Num3z3"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Symbol" w:cs="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="45" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
     <w:name w:val="WW8Num4z0"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="46" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z1">
     <w:name w:val="WW8Num4z1"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Wingdings 2" w:cs="Wingdings" w:hAnsi="Wingdings 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:cs="Wingdings"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="47" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z2">
     <w:name w:val="WW8Num4z2"/>
-    <w:uiPriority w:val="0"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="StarSymbol" w:cs="Wingdings" w:hAnsi="StarSymbol"/>
+    <w:rPr>
+      <w:rFonts w:ascii="StarSymbol" w:hAnsi="StarSymbol" w:cs="Wingdings"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="48" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
     <w:name w:val="WW8Num5z0"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="49" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z1">
     <w:name w:val="WW8Num5z1"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Wingdings" w:cs="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="50" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z2">
     <w:name w:val="WW8Num5z2"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="51" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z3">
     <w:name w:val="WW8Num5z3"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="52" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z4">
     <w:name w:val="WW8Num5z4"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="53" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z5">
     <w:name w:val="WW8Num5z5"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="54" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z6">
     <w:name w:val="WW8Num5z6"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="55" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z7">
     <w:name w:val="WW8Num5z7"/>
-    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="56" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z8">
     <w:name w:val="WW8Num5z8"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="57" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z0">
     <w:name w:val="WW8Num6z0"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="58" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z1">
     <w:name w:val="WW8Num6z1"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="59" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z2">
     <w:name w:val="WW8Num6z2"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="60" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z3">
     <w:name w:val="WW8Num6z3"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="61" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z4">
     <w:name w:val="WW8Num6z4"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="62" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z5">
     <w:name w:val="WW8Num6z5"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="63" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z6">
     <w:name w:val="WW8Num6z6"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="64" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z7">
     <w:name w:val="WW8Num6z7"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="65" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z8">
     <w:name w:val="WW8Num6z8"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="66" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Fontepargpadro1">
     <w:name w:val="Fonte parág. padrão1"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="67" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="LinkdaInternet">
     <w:name w:val="Link da Internet"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:color w:val="0000ff"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="68" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="69" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Corpodetexto2Char">
     <w:name w:val="Corpo de texto 2 Char"/>
-    <w:uiPriority w:val="0"/>
-[...5 lines deleted...]
-      <w:iCs w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="70" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Partesuperior-zdoformulrioChar">
     <w:name w:val="Parte superior-z do formulário Char"/>
-    <w:uiPriority w:val="0"/>
-[...3 lines deleted...]
-      <w:vanish w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="71" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ParteinferiordoformulrioChar">
     <w:name w:val="Parte inferior do formulário Char"/>
-    <w:uiPriority w:val="0"/>
-[...3 lines deleted...]
-      <w:vanish w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="72" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpodetextoChar">
     <w:name w:val="Corpo de texto Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Lucida Console" w:cs="Lucida Console" w:eastAsia="Times New Roman" w:hAnsi="Lucida Console"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Console" w:eastAsia="Times New Roman" w:hAnsi="Lucida Console" w:cs="Lucida Console"/>
       <w:spacing w:val="20"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="73" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Refdecomentrio1">
     <w:name w:val="Ref. de comentário1"/>
-    <w:uiPriority w:val="0"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="74" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodecomentrioChar">
     <w:name w:val="Texto de comentário Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="75" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="AssuntodocomentrioChar">
     <w:name w:val="Assunto do comentário Char"/>
-    <w:uiPriority w:val="0"/>
-[...4 lines deleted...]
-      <w:bCs w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="76" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
     <w:name w:val="Cabeçalho Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="77" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
     <w:name w:val="Rodapé Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="78" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
     <w:name w:val="Texto de nota de rodapé Char"/>
-    <w:uiPriority w:val="0"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="79" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="nfaseforte">
     <w:name w:val="Ênfase forte"/>
-    <w:uiPriority w:val="0"/>
-[...3 lines deleted...]
-      <w:bCs w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="80" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
     <w:name w:val="Índice"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
+      <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="81" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo20">
     <w:name w:val="Título2"/>
-    <w:basedOn w:val="1"/>
-[...2 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpodotexto"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:spacing w:after="120" w:before="240"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Mangal" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="82" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulo10">
     <w:name w:val="Título1"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpodotexto"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:spacing w:after="120" w:before="240"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Mangal" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="83" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Corpodetexto21">
     <w:name w:val="Corpo de texto 21"/>
-    <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...1 lines deleted...]
-      <w:iCs w:val="1"/>
+      <w:b/>
+      <w:i/>
+      <w:iCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="84" w:customStyle="1">
-[...3 lines deleted...]
-    <w:uiPriority w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Partesuperior-zdoformulrio1">
+    <w:name w:val="Parte superior-z do formulário1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="000000" w:space="0" w:sz="0" w:val="none"/>
-[...2 lines deleted...]
-        <w:right w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
-      <w:vanish w:val="1"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="85" w:customStyle="1">
-[...3 lines deleted...]
-    <w:uiPriority w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Parteinferiordoformulrio1">
+    <w:name w:val="Parte inferior do formulário1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="000000" w:space="1" w:sz="6" w:val="single"/>
-[...2 lines deleted...]
-        <w:right w:color="000000" w:space="0" w:sz="0" w:val="none"/>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="000000"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial" w:hAnsi="Arial"/>
-      <w:vanish w:val="1"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="86" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PargrafodaLista2">
     <w:name w:val="Parágrafo da Lista2"/>
-    <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="0"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="87" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PargrafodaLista1">
     <w:name w:val="Parágrafo da Lista1"/>
-    <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="0"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="88" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CabealhoeRodap">
     <w:name w:val="Cabeçalho e Rodapé"/>
-    <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="89" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notaderodap">
     <w:name w:val="Nota de rodapé"/>
-    <w:basedOn w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="90" w:customStyle="1">
+    <w:basedOn w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contedodatabela">
     <w:name w:val="Conteúdo da tabela"/>
-    <w:basedOn w:val="1"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:suppressLineNumbers w:val="1"/>
+      <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="91" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulodetabela">
     <w:name w:val="Título de tabela"/>
-    <w:basedOn w:val="90"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Contedodatabela"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b w:val="1"/>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="92" w:customStyle="1">
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contedodoquadro">
     <w:name w:val="Conteúdo do quadro"/>
-    <w:basedOn w:val="1"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="93" w:customStyle="1">
+    <w:basedOn w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fimdalista1">
     <w:name w:val="Fim da lista 1"/>
-    <w:basedOn w:val="10"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Lista"/>
+    <w:next w:val="Lista1"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="94" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Lista1">
     <w:name w:val="Lista 1"/>
-    <w:basedOn w:val="10"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="Lista"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="95" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Style98">
     <w:name w:val="_Style 98"/>
-    <w:basedOn w:val="21"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="75.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="75.0" w:type="dxa"/>
+        <w:top w:w="75" w:type="dxa"/>
+        <w:left w:w="75" w:type="dxa"/>
+        <w:bottom w:w="75" w:type="dxa"/>
+        <w:right w:w="75" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="96" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Style99">
     <w:name w:val="_Style 99"/>
-    <w:basedOn w:val="21"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="97" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Style100">
     <w:name w:val="_Style 100"/>
-    <w:basedOn w:val="21"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="98" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Style101">
     <w:name w:val="_Style 101"/>
-    <w:basedOn w:val="21"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="99" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Style102">
     <w:name w:val="_Style 102"/>
-    <w:basedOn w:val="21"/>
-    <w:uiPriority w:val="0"/>
+    <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...16 lines deleted...]
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6295,64 +6473,89 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhtgiS59s2yWJV7gpWze7E9NFyuoQ==">CgMxLjAyCGguZ2pkZ3hzMg5oLmFzM3prNHdheTAxaDIOaC5tYmQwMDNoc3B3cHkyDWgucWplM241N29xbXMyDmguc3ZiMDBhb24zcDJ6Mg5oLmh0cjdqNjIzbDRwYjIOaC52YWs2cDl3d2J3MXkyDWguZ2x0Z3p4cGx4cnMyDmguZHIxY21seGtiOGxnMg5oLmh0cjdqNjIzbDRwYjIOaC5renYybjdxZmk0eW4yDmguZHVqamozOHBmNWdiMg5oLnR2am9xd3B6dW1raDIOaC5kYmVnZjRvdG1zdnIyDmguc21lYm41OXluNWJ3Mg5oLnk3b3FucmwwYzVkMDIOaC55N29xbnJsMGM1ZDAyDmgueTdvcW5ybDBjNWQwMg5oLnk3b3FucmwwYzVkMDIOaC55N29xbnJsMGM1ZDAyDmgueTdvcW5ybDBjNWQwMg5oLnk3b3FucmwwYzVkMDIOaC55N29xbnJsMGM1ZDAyDmgueTdvcW5ybDBjNWQwMg5oLnk3b3FucmwwYzVkMDIOaC55N29xbnJsMGM1ZDAyDmgueTdvcW5ybDBjNWQwMg5oLnk3b3FucmwwYzVkMDIOaC55N29xbnJsMGM1ZDAyDmgueTdvcW5ybDBjNWQwMg5oLnk3b3FucmwwYzVkMDIOaC51OGlwZ3NzdjJvbmEyDmgudTkwbjA4bWZrNmVxMg5oLmR3dzJ5cGFpNDI2azIOaC5keXB0YzR1Nm1raHoyDmguZGo4eHN6Yjc4eTc1Mg5oLmwzMTJzY2VzOTNnNTgAaiYKFHN1Z2dlc3QuNjgzc2FvaGtudW53Eg5FU1BTQyBQRVNRVUlTQXIhMU1SLVdXOVRINDJJYjJ0RFFhZ240ZFpNNFRVcU1WbWpn</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>1105</Words>
+  <Characters>5973</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>49</Lines>
+  <Paragraphs>14</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7064</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>abreud</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>abreud</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1046-12.2.0.17562</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>C5F0A01484EC4ACCB31C40EDF9A26371_12</vt:lpwstr>
   </property>
 </Properties>
 </file>